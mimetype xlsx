--- v0 (2025-12-10)
+++ v1 (2026-02-28)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R698c89e9c1c44a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R154526eabb874587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Annual Returns Register" sheetId="1" r:id="R54d6e4aa17bc4db9"/>
-[...2 lines deleted...]
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Q9 Details" sheetId="4" r:id="R7a3fbf9e9c1846dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Annual Returns Register" sheetId="1" r:id="R200f87fc7a204a67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Q7 Details" sheetId="2" r:id="Ra85030aca0764354"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Q8 Details" sheetId="3" r:id="R6261928266314725"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Q9 Details" sheetId="4" r:id="R2048e4ab9c9c46d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="164" formatCode="#,##0.0000"/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:sz val="11"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="1">
     <x:border>
       <x:left/>
       <x:right/>
       <x:top/>
       <x:bottom/>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </x:cellStyleXfs>
   <x:cellXfs count="3">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <x:xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re08c45bfd6f84ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R54d6e4aa17bc4db9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Rb7f66fc9e47e4821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R8aa89b6a5d2d4862" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R7a3fbf9e9c1846dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f73f0b7e7494467" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R200f87fc7a204a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet2.xml" Id="Ra85030aca0764354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet3.xml" Id="R6261928266314725" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet4.xml" Id="R2048e4ab9c9c46d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="0" t="inlineStr">
         <x:is>
           <x:t>Return Reference</x:t>
         </x:is>
       </x:c>
       <x:c r="B1" s="0" t="inlineStr">
         <x:is>
           <x:t>Period Start</x:t>
         </x:is>
       </x:c>
       <x:c r="C1" s="0" t="inlineStr">
         <x:is>
           <x:t>Period End</x:t>
         </x:is>
       </x:c>
       <x:c r="D1" s="0" t="inlineStr">
         <x:is>
           <x:t>Annual Return Due Date</x:t>
         </x:is>